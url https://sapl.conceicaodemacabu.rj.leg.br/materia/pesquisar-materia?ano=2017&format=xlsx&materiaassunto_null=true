--- v0 (2026-02-10)
+++ v1 (2026-02-12)
@@ -789,54 +789,54 @@
   <si>
     <t>CONSIDERA PONTO FACULTATIVO O DIA 16 DE JUNHO DE 2017 EM VIRTUDE DO FERIADO DE CORPUS CHRISTI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/188/plo_199-2017_-_estabelece_normas_para_o_controle_de_bens_patrimoniais_da_camara.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA O CONTROLE DE BENS PATRIMONIAIS DA CÂMARA MUNICIPAL DE CONCEIÇÃO DE MACABU, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO GOVERNO DO PODER EXECUTIVO DO MUNICÍPIO DE CONCEIÇÃO DE MACABU, REFERENTE AO EXERCÍCIO DE 2016, DE RESPONSABILIDADE DO SENHOR CLÁUDIO EDUARDO BARBOSA LINHARES</t>
   </si>
   <si>
-    <t>PRE</t>
-[...2 lines deleted...]
-    <t>Projeto de Resolução</t>
+    <t>PRL</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/45/pre_001-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 022 DE 28 DE JUNHO DE 1991, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CONCEIÇÃO DE MACABU, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/26/pre_002-2017_-_titulo_de_cidadao_macabuense.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO QUE CONCEDE TÍTULO DE CIDADÃO MACABUENSE AO SR. MARCIO TEIXEIRA BARRETO.</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/25/pre_000003.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO QUE CONCEDE TÍTULO DE CIDADÃO MACABUENSE AO SR. CIRO HENRIQUE MACHADO LOPES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/29/pre_004-2017_-_concede_titulo_de_cidadao_macabuense_ao_sr_antonio_teles_da_silva.pdf</t>
   </si>
@@ -1361,51 +1361,51 @@
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/293/pre_94-2017_-_paulo_henrique05062018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MACABUENSE AO SENHOR ROBERTO DA SILVA SALES, DEPUTADO FEDERAL PELO PRB/RJ, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CONCEIÇÃO DE MACABU.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/sapl/public/materialegislativa/2017/294/pre_095-2017_-_sandro_daumas05062018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO USO DE APARELHOS DE TELEFONE CELULAR DURANTE A REALIZAÇÃO DAS SESSÕES ORDINÁRIAS, EXTRAORDINÁRIAS E SOLENE NO PLENÁRIO PREFEITO ROSENDO FONTES TAVARES E NO AUDITÓRIO DA CÂMARA MUNICIPAL DE CONCEIÇÃO DE MACABU/RJ.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
-    <t>Requerimento</t>
+    <t>Requerimento Legislativo</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR ANDRÉ LUIZ DE SOUSA FERNANDES, SOLICITANDO AO EXMº PREFEITO DE CONCEIÇÃO DE MACABU, CLÁUDIO LINHARES, AS SEGUINTES INFORMAÇÕES: CÓPIA DE INTEIRO TEOR DO PROCESSO DE COMPRA DE MATERIAL ESPORTIVO REFERENTE A LICITAÇÃO 293216/0, EMPRENHO 1395-000, TENDO COMO FORNECEDOR A EMPRESA CARMELO COMERCIO SERVIÇOS LTDA, BEM COMO CÓPIA DOS PROCESSOS DE PAGAMENTO; CÓPIA DE INTEIRO TEOR DOS PROCESSOS DE DIÁRIA E PEQUENAS DESPESAS DO PERÍODO DE 2016, COM AS PRESTAÇÕES DE CONTAS, DOS SEGUINTES CREDORES: HANDERSON ANTONIO AZEVEDO MAIA, JORGE LUIZ SILVA ANDRADE, BETHANIA DE OLIVEIRA CHAVES, ELIAS RIGUETE E LUIZ AURELIO IMBIRIBA.</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR SANDRO DAUUMAS, SOLICITANDO AO EXMº SR. PREFEITO CLÁUDIO LINHARES, AS SEGUINTES INFORMAÇÕES: QUAL O TOTAL DA DÍVIDA DA PREFEITURA COM O INSTITUTO DE PREVIDÊNCIA DO SERVIDOR PÚBLICO MUNICIPAL (IPASCON); COMO FOI FIRMADO O PARCELAMENTO, QUANTAS PRESTAÇÕES FORAM PAGAS E QUANTAS RESTAM.</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR ANDRÉ LUIS DE SOUSA FERNANDES, SOLICITANDO AO EXMº PRESIDENTE DO IPASCON, ADERALDO SPESSE RANGEL, AS SEGUINTES INFORMAÇÕES: QUANTO FOI A TAXA DE ADMINISTRAÇÃO NOS ANOS DE 2007, 2008, 2009, 2010, 2011, 2012, 2013, 2014, 2015, 2016 E 2017, DEMONSTRANDO EM PLANILHA OS VALORES GASTOS ANUALMENTE EM PERCENTUAL E AS RESERVAS DOS RESPECTIVOS ANOS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR ANDRÉ MARTINS, SOLICITANDO A SECRETÁRIA MUNICIPAL DE SAÚDE, SRª MARIANA LEAL ANDRADE, CÓPIA DE INTEIRO TEOR REFERENTE ÀS PEQUENAS DESPESAS DO PERÍODO DE JANEIRO A MARÇO DE 2017 DO HOSPITAL MUNICIPAL ANA MOREIRA.</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUTORIA DO VEREADOR ANDRÉ MARTINS, ONDE SOLICITA AO PREFEITO DE CONCEIÇÃO DE MACABU, SRº CLAUDIO LINHARES, AS SEGUINTES INFORMAÇÕES: CÓPIA DE INTEIRO TEOR DOS PROCESSOS LICITATÓRIOS Nº 00311314 / B, 00378016 / 0 E 00339514 / B, REFERENTE À CONTRAÇÃO DE SERVIÇOS DE CAPINA E VARRIÇÃO DE LOGRADOUROS PÚBLICOS; COLETA E TRANSPORTE DE RESÍDUOS SÓLIDOS VOLUMOSOS E ENTULHOS; RECEBIMENTO E DISPOSIÇÃO FINAL DE RESÍDUOS SÓLIDOS URBANOS EM ATERRO SANITÁRIO LICENCIADO, BEM COMO COLETA E TRANSPORTE DE RESÍDUOS SÓLIDOS DOMICILIARES E URBANOS, EM CARÁTER DE URGÊNCIA.</t>
   </si>
@@ -1568,51 +1568,51 @@
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO DE AUTORIA DO VEREADOR SANDRO DAUMAS, SOLICITANDO AO SECRETÁRIO MUNICIPAL DE SEGURANÇA, INFORMAÇÃO SOBRE CUMPRIMENTO DA LEI MUNICIPAL Nº 1.425/2013, BEM COMO SOBRE EXISTÊNCIA DE INTERESSE DA MUNICIPALIDADE EM MANTER CONVÊNIO OU PARCERIA COM A INICIATIVA PRIVADA (FARMÁCIAS) PARA CONFECÇÃO E INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO EM FRENTE AOS ESTABELECIMENTOS COMERCIAIS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO DE INFORMAÇÃO DE AUTORIA DO VEREADOR JOSÉ MESSIAS, SOLICITANDO AO PODER EXECUTIVO INFORMAÇÕES SOBRE UM LIXÃO EXISTENTE NO BAIRRO CALÇADINHA, DEVENDO ESCLARECER OS SEGUINTES PONTOS: A) SE A ÁREA DO LIXÃO É PARTICULAR OU PÚBLICA; B) SE A ÁREA DO LIXÃO FOR ARTICULAR QUE SE ESCLAREÇA A QUEM PERTENCE; C) SE O LIXÃO É LEGALIZADO, NESTE CASO QUE ENCAMINHE A DOCUMENTAÇÃO DE FUNCIONAMENTO DO MESMO; D) E NÃO SENDO LEGALIZADO, QUE SE ESCLAREÇA QUAIS AS MEDIDAS ADMINISTRATIVAS E/OU JUDICIAL ADOTADO POR ESTE MUNICÍPIO PARA COIBIR TAL PRÁTICA. </t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO DE AUTORIA DO VEREADOR BARCELOS RESINA, ONDE SOLICITA AO PODER EXECUTIVO AS SEGUINTES INFORMAÇÕES: ESCLARECIMENTO SOBRE A BASE DE CÁLCULO PARA PAGAMENTO DO DÉCIMO TERCEIRO SALÁRIO E FÉRIAS DOS SERVIDORES DE NÍVEL SUPERIOR, COM RELAÇÃO A LEI MUNICIPAL Nº 1.304/2014, VISTO A MUDANÇA NA FORMA DE PAGAMENTO QUE VEM OCORRENDO EM RELAÇÃO AOS EXERCÍCIOS ANTERIORES, OU SEJA, ANTIGAMENTE O ADICIONAL DE GRATIFICAÇÃO DE INCENTIVO À PRODUTIVIDADE, INSTITUÍDO PELA LEI MUNICIPAL Nº 1.304/2014, ERA APLICADO SOB OS PAGAMENTOS DE FÉRIAS E DÉCIMO TERCEIRO SALÁRIO;_x000D_
 _x000D_
 CÓPIA DO PROCESSO ADMINISTRATIVO Nº 18.371/2017.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
-    <t>Indicação</t>
+    <t>Indicação Legislativa</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO TRANSPORTE GRATUITO PARA TODOS OS ESTUDANTES MACABUENSE QUE CURAM UNIVERSIDADE E ENSINO TÉCNICO NAS CIDADES DE MACAÉ E CAMPOS DOS GOYTACAZES.</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A CRIAÇÃO DO DIA 10 (DEZ), QUE INSTITUI O DIPLOMA ALUNO NOTA 10, VOLTADO AOS ESTUDANTES DO 6º AO 9º ANO DO ENSINO FUNDAMENTAL DA REDE MUNICIPAL DE EDUCAÇÃO QUE OBTIVEREM EXCELENTE DESEMPENHO DURANTE TODO ANO LETIVO.</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO IMPLANTAÇÃO DE ACADEMIAS POPULARES NA PRAÇA DR. JOSÉ BONIFÁCIO TASSARA, NO CONJUNTO HABITACIONAL SILVIO SOARES TAVARES, EM PONTOS ESTRATÉGICOS DOS BAIRROS BOCAINA, CURATO DE SANTA CATARINA E PORTO.</t>
   </si>
   <si>
     <t>https://sapl.conceicaodemacabu.rj.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE PROMOVA A IMPLANTAÇÃO DE REDE WIFI COMUNITÁRIA NAS SEGUINTES LOCALIDADES: CONJUNTO HABITACIONAL SILVIO SOARES TAVARES, NO BAIRRO VILA NOVA, PRAÇA DR. JOSÉ BONIFÁCIO TASSARA, CENTRO, PRAÇA DOMINGOS MANOEL TAVARES, NO SEGUNDO DISTRITO - MACABUZINHO E DEMAIS PRAÇAS E ÁREAS PÚBLICAS DE LAZER DA CIDADE, BEM COMO QUADRAS ESPORTIVAS, INCLUINDO A SEDE MUNICIPAL DA CACHOEIRA DA AMOROSA.</t>
   </si>